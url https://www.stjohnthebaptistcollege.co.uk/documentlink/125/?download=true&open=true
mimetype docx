--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -14,76 +14,75 @@
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10434" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5778"/>
         <w:gridCol w:w="284"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="4089"/>
       </w:tblGrid>
       <w:tr w:rsidR="00406548" w:rsidRPr="00732DDC" w14:paraId="232FB218" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1481"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5778" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B9FB7E7" w14:textId="77777777" w:rsidR="00406548" w:rsidRPr="00732DDC" w:rsidRDefault="00FD61D6">
             <w:pPr>
               <w:keepNext/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -721,51 +720,50 @@
             <w:pPr>
               <w:keepNext/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:right="33" w:hanging="720"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4089" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="476E9C23" w14:textId="77777777" w:rsidR="00406548" w:rsidRPr="00732DDC" w:rsidRDefault="00FD61D6">
             <w:pPr>
               <w:keepNext/>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732DDC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
@@ -916,57 +914,58 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732DDC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">                      </w:t>
             </w:r>
             <w:r w:rsidRPr="00732DDC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Admissions Number:             </w:t>
             </w:r>
-            <w:r w:rsidRPr="00732DDC">
+            <w:r w:rsidRPr="00FC4709">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D1F07B5" w14:textId="77777777" w:rsidR="00406548" w:rsidRPr="00732DDC" w:rsidRDefault="00406548">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-209"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -1000,57 +999,58 @@
               <w:t xml:space="preserve">                    </w:t>
             </w:r>
             <w:r w:rsidRPr="00732DDC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Enrolment Number</w:t>
             </w:r>
             <w:r w:rsidRPr="00732DDC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">:              </w:t>
             </w:r>
-            <w:r w:rsidR="00AE19F8">
+            <w:r w:rsidR="00AE19F8" w:rsidRPr="00FC4709">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>500</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="37967C6A" w14:textId="77777777" w:rsidR="00406548" w:rsidRPr="00732DDC" w:rsidRDefault="00406548">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -1079,365 +1079,414 @@
       <w:tblPr>
         <w:tblW w:w="10467" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         <w:tblCaption w:val="Open Day Information"/>
         <w:tblDescription w:val="Open Day will be held on Saturday 18th January 2025 from 9.30am until 1.00pm. &#10;Relevant transition materials the Transition Portal on our school website; -&#10;https://www.stjohnthebaptistcollege.co.uk/transition-368/home-401/&#10;Details of additional transition support events will be released via our Facebook and Twitter Pages which we would encourage prospective pupils/parents to follow."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10467"/>
       </w:tblGrid>
       <w:tr w:rsidR="00406548" w14:paraId="5402556A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10467" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="04F8B63B" w14:textId="77777777" w:rsidR="00406548" w:rsidRPr="00732DDC" w:rsidRDefault="00406548">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="12752E8A" w14:textId="30623D65" w:rsidR="00D57245" w:rsidRPr="00732DDC" w:rsidRDefault="00FD61D6" w:rsidP="00D57245">
+          <w:p w14:paraId="12752E8A" w14:textId="33D0D9C0" w:rsidR="00D57245" w:rsidRPr="00FC4709" w:rsidRDefault="00FD61D6" w:rsidP="00D57245">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007B67E5">
+            <w:r w:rsidRPr="00FC4709">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Open Day</w:t>
             </w:r>
-            <w:r w:rsidRPr="007B67E5">
+            <w:r w:rsidRPr="00FC4709">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00D57245" w:rsidRPr="007B67E5">
+            <w:r w:rsidR="00D57245" w:rsidRPr="00FC4709">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve">will be held on Saturday </w:t>
             </w:r>
-            <w:r w:rsidR="000E2BA5" w:rsidRPr="007B67E5">
+            <w:r w:rsidR="000E2BA5" w:rsidRPr="00FC4709">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00FD2BBA">
+            <w:r w:rsidR="00FF5099">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="000E2BA5" w:rsidRPr="007B67E5">
+            <w:r w:rsidR="000E2BA5" w:rsidRPr="00FC4709">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
-            <w:r w:rsidR="000E2BA5" w:rsidRPr="007B67E5">
+            <w:r w:rsidR="000E2BA5" w:rsidRPr="00FC4709">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00D57245" w:rsidRPr="007B67E5">
+            <w:r w:rsidR="00D57245" w:rsidRPr="00FC4709">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>January 202</w:t>
             </w:r>
-            <w:r w:rsidR="006D37EE">
+            <w:r w:rsidR="006D37EE" w:rsidRPr="00FC4709">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00D57245" w:rsidRPr="00732DDC">
+            <w:r w:rsidR="00D57245" w:rsidRPr="00FC4709">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t xml:space="preserve"> from 9.30am until 1.00pm. </w:t>
+              <w:t xml:space="preserve"> from 9.30am until 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF5099">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>2.3</w:t>
+            </w:r>
+            <w:r w:rsidR="00D57245" w:rsidRPr="00FC4709">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0pm. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1FA0E037" w14:textId="622AE2F3" w:rsidR="00D57245" w:rsidRPr="00732DDC" w:rsidRDefault="00D57245" w:rsidP="00D57245">
+          <w:p w14:paraId="1FA0E037" w14:textId="622AE2F3" w:rsidR="00D57245" w:rsidRPr="00FC4709" w:rsidRDefault="00D57245" w:rsidP="00D57245">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00732DDC">
+            <w:r w:rsidRPr="00FC4709">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve">Relevant transition </w:t>
             </w:r>
-            <w:r w:rsidR="00FD61D6" w:rsidRPr="00732DDC">
+            <w:r w:rsidR="00FD61D6" w:rsidRPr="00FC4709">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve">materials </w:t>
             </w:r>
-            <w:r w:rsidRPr="00732DDC">
+            <w:r w:rsidRPr="00FC4709">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>the Transition Portal on our school website; -</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="79C664A2" w14:textId="77777777" w:rsidR="00D57245" w:rsidRPr="00732DDC" w:rsidRDefault="00514223" w:rsidP="00D57245">
+          <w:p w14:paraId="79C664A2" w14:textId="77777777" w:rsidR="00D57245" w:rsidRPr="00FC4709" w:rsidRDefault="00D57245" w:rsidP="00D57245">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:tgtFrame="_blank" w:history="1">
-              <w:r w:rsidR="00D57245" w:rsidRPr="00732DDC">
+              <w:r w:rsidRPr="00FC4709">
                 <w:rPr>
                   <w:color w:val="0000FF"/>
+                  <w:highlight w:val="yellow"/>
                   <w:u w:val="single"/>
                   <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:t>https://www.stjohnthebaptistcollege.co.uk/transition-368/home-401/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="256FFB24" w14:textId="77AD64CF" w:rsidR="00406548" w:rsidRDefault="00D57245" w:rsidP="00D57245">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00732DDC">
+            <w:r w:rsidRPr="00FC4709">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve">Details of additional transition support events will be released via our </w:t>
             </w:r>
-            <w:r w:rsidR="00FD61D6" w:rsidRPr="00732DDC">
+            <w:r w:rsidR="00FD61D6" w:rsidRPr="00FC4709">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Facebook</w:t>
             </w:r>
-            <w:r w:rsidRPr="00732DDC">
+            <w:r w:rsidRPr="00FC4709">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve"> and Twitter</w:t>
             </w:r>
-            <w:r w:rsidR="00FD61D6" w:rsidRPr="00732DDC">
+            <w:r w:rsidR="00FD61D6" w:rsidRPr="00FC4709">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve"> Page</w:t>
             </w:r>
-            <w:r w:rsidRPr="00732DDC">
+            <w:r w:rsidRPr="00FC4709">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidR="00FD61D6" w:rsidRPr="00732DDC">
+            <w:r w:rsidR="00FD61D6" w:rsidRPr="00FC4709">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00732DDC">
+            <w:r w:rsidRPr="00FC4709">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>which</w:t>
             </w:r>
-            <w:r w:rsidR="00FD61D6" w:rsidRPr="00732DDC">
+            <w:r w:rsidR="00FD61D6" w:rsidRPr="00FC4709">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00732DDC">
+            <w:r w:rsidRPr="00FC4709">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>we would encourage prospective pupils/parents to follow.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7893AC54" w14:textId="77777777" w:rsidR="00406548" w:rsidRDefault="00406548">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="8"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
@@ -1567,179 +1616,170 @@
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ADMISSION CRITERIA TO YEAR 8</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C6C9508" w14:textId="0C2C70A6" w:rsidR="00406548" w:rsidRDefault="00FD61D6">
+    <w:p w14:paraId="5C6C9508" w14:textId="5E533ABF" w:rsidR="00406548" w:rsidRDefault="00FD61D6">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(Either in September</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00FC4709">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00423F4E">
+      <w:r w:rsidR="00FF5099">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or </w:t>
+        <w:t xml:space="preserve"> or during the course of the </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00FC4709">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t>during the course of</w:t>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>202</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r>
+      <w:r w:rsidR="00FF5099">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> the 202</w:t>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00423F4E">
+      <w:r w:rsidRPr="00FC4709">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t>5</w:t>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>/202</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00FF5099">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>/202</w:t>
-[...10 lines deleted...]
-        <w:t>6</w:t>
+        <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> school year)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C9E2979" w14:textId="77777777" w:rsidR="00406548" w:rsidRDefault="00406548">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
@@ -1756,73 +1796,51 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00280365">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">In selecting children for admission, children resident in Northern Ireland at the time of their proposed admission to the school will be selected before any child not so resident.  Within each criteria priority will be given to those pupils regarded by the Board of Governors, </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> supporting evidence provided by parents and/or statutory agencies, as having Special Circumstances </w:t>
+        <w:t xml:space="preserve">In selecting children for admission, children resident in Northern Ireland at the time of their proposed admission to the school will be selected before any child not so resident.  Within each criteria priority will be given to those pupils regarded by the Board of Governors, on the basis of supporting evidence provided by parents and/or statutory agencies, as having Special Circumstances </w:t>
       </w:r>
       <w:r w:rsidR="004972AD" w:rsidRPr="00280365">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e.g.,</w:t>
       </w:r>
       <w:r w:rsidRPr="00280365">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> medical, social or security factors.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="149FE713" w14:textId="77777777" w:rsidR="00406548" w:rsidRDefault="00406548">
       <w:pPr>
         <w:widowControl/>
@@ -1851,267 +1869,197 @@
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Board of Governors will only </w:t>
+        <w:t>The Board of Governors will only take into account information which is detailed on or attached to the Transfer Application.  Parents should therefore ensure that all information pertaining to their child and relevant to the school’s admission criteria is stated on the Transfer Application or attached to it.</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="576F8C99" w14:textId="77777777" w:rsidR="00406548" w:rsidRDefault="00406548">
+      <w:pPr>
+        <w:widowControl/>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D71AD29" w14:textId="49A66FCD" w:rsidR="00406548" w:rsidRDefault="00FD61D6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>take into account</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> information which is detailed on or attached to the Transfer Application.  Parents should therefore ensure that all information pertaining to their child and relevant to the school’s admission criteria is stated on the Transfer Application or attached to it.</w:t>
+        <w:t>The provision of false or incorrect information or the failure to provide verifying documents according to the required deadline may result in either the withdrawal of a place or the inability of the school to offer a place.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="576F8C99" w14:textId="77777777" w:rsidR="00406548" w:rsidRDefault="00406548">
+    <w:p w14:paraId="3C59DAA1" w14:textId="77777777" w:rsidR="00AE19F8" w:rsidRDefault="00AE19F8">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...7 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D71AD29" w14:textId="49A66FCD" w:rsidR="00406548" w:rsidRDefault="00FD61D6">
+    <w:p w14:paraId="0CF785DB" w14:textId="50097A1B" w:rsidR="00AE19F8" w:rsidRPr="00AE19F8" w:rsidRDefault="00AE19F8">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="en-US"/>
-[...7 lines deleted...]
-          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE19F8">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t>The provision of false or incorrect information or the failure to provide verifying documents according to the required deadline may result in either the withdrawal of a place or the inability of the school to offer a place.</w:t>
+        </w:rPr>
+        <w:t>St John the Baptist’s College provides courses appropriate to the full ability range of pupils between the ages of 11 to 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE19F8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. To enable the school to fulfil its unique role in providing for pupils of the highest academic potential as well as those of lower abilities, it is necessary to maintain a proper balance in its intake. In all cases it is essential that parents are in agreement with the aims and objectives of the school. The lodging of an application is interpreted by the Board of Governors as an indication that the parents and the child concerned accept, and are in agreement with, the ethos, philosophy, aims, policies and regulations of the school, including any code of conduct, requirements relating to dress and personal appearance, or Behaviour for Learning policy of the school. Information in relation to these may be obtained from the school. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C59DAA1" w14:textId="77777777" w:rsidR="00AE19F8" w:rsidRDefault="00AE19F8">
+    <w:p w14:paraId="3D0CE718" w14:textId="77777777" w:rsidR="00406548" w:rsidRDefault="00406548">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CF785DB" w14:textId="50097A1B" w:rsidR="00AE19F8" w:rsidRPr="00AE19F8" w:rsidRDefault="00AE19F8">
+    <w:p w14:paraId="330A5E75" w14:textId="669B2A42" w:rsidR="00406548" w:rsidRDefault="00FD61D6">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...85 lines deleted...]
-        <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>In the event that</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> there are more applicants than places available the Board of Governors will apply the following criteria to determine which children will be selected for admission.  In the event of over-subscription in the case of the first or subsequent criteria the next criterion will be applied in </w:t>
+        <w:t xml:space="preserve">In the event that there are more applicants than places available the Board of Governors will apply the following criteria to determine which children will be selected for admission.  In the event of over-subscription in the case of the first or subsequent criteria the next criterion will be applied in </w:t>
       </w:r>
       <w:r w:rsidR="004972AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>order.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FD68712" w14:textId="77777777" w:rsidR="00406548" w:rsidRDefault="00406548">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
@@ -2213,180 +2161,80 @@
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Portadown (Drumcree), Loughgall, Kilmore, Ballymore &amp; </w:t>
-[...43 lines deleted...]
-        <w:t xml:space="preserve">),  </w:t>
+        <w:t xml:space="preserve">Portadown (Drumcree), Loughgall, Kilmore, Ballymore &amp; Mullabrack (Tandragee),  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="681E5D10" w14:textId="77777777" w:rsidR="00406548" w:rsidRDefault="00FD61D6">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Clonfeackle</w:t>
-[...54 lines deleted...]
-        <w:t xml:space="preserve">, Gilford (Tullylish), </w:t>
+        <w:t xml:space="preserve">Clonfeackle (Moy), Moyraverty, Seagoe, Gilford (Tullylish), </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FE51636" w14:textId="77777777" w:rsidR="00406548" w:rsidRDefault="00FD61D6">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
@@ -2909,342 +2757,414 @@
         <w:t>name (as entered on a Birth Certificate) places them on a rank established by the order set out below.</w:t>
       </w:r>
       <w:r w:rsidRPr="00287CA2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0240555C" w14:textId="77777777" w:rsidR="00287CA2" w:rsidRPr="00423F4E" w:rsidRDefault="00287CA2" w:rsidP="00423F4E">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70CA4E20" w14:textId="02153161" w:rsidR="00274F0A" w:rsidRDefault="001F72C8" w:rsidP="00423F4E">
+    <w:p w14:paraId="70CA4E20" w14:textId="3C221460" w:rsidR="00274F0A" w:rsidRDefault="001F72C8" w:rsidP="00423F4E">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00FC4709">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t xml:space="preserve">C L </w:t>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000B6FD6">
+      <w:r w:rsidR="00FF5099">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t xml:space="preserve">D </w:t>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S A M</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00FC4709">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t xml:space="preserve">H </w:t>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000B6FD6">
+      <w:r w:rsidR="000B6FD6" w:rsidRPr="00FC4709">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t xml:space="preserve">N </w:t>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">D </w:t>
       </w:r>
-      <w:r w:rsidR="00E12108" w:rsidRPr="007B67E5">
+      <w:r w:rsidRPr="00FC4709">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t xml:space="preserve">M </w:t>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">H </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00FF5099">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t xml:space="preserve">X </w:t>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B </w:t>
       </w:r>
-      <w:r w:rsidR="00E12108" w:rsidRPr="007B67E5">
+      <w:r w:rsidR="000B6FD6" w:rsidRPr="00FC4709">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t xml:space="preserve">S </w:t>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00FF5099">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t xml:space="preserve">Mc </w:t>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">L </w:t>
       </w:r>
-      <w:r w:rsidR="00274F0A" w:rsidRPr="007B67E5">
+      <w:r w:rsidRPr="00FC4709">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t xml:space="preserve">B </w:t>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mc </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00FF5099">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t xml:space="preserve">O </w:t>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidR="00423F4E" w:rsidRPr="007B67E5">
+      <w:r w:rsidR="00274F0A" w:rsidRPr="00FC4709">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t>Q T</w:t>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E12108" w:rsidRPr="007B67E5">
+      <w:r w:rsidR="00FF5099">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">F </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00FC4709">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t xml:space="preserve">V </w:t>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">O </w:t>
       </w:r>
-      <w:r w:rsidR="00E12108" w:rsidRPr="007B67E5">
+      <w:r w:rsidR="00FF5099">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t xml:space="preserve">R K </w:t>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">G J </w:t>
       </w:r>
-      <w:r w:rsidR="00423F4E">
+      <w:r w:rsidR="00423F4E" w:rsidRPr="00FC4709">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t xml:space="preserve">Z </w:t>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Q T</w:t>
       </w:r>
-      <w:r w:rsidR="00E12108" w:rsidRPr="007B67E5">
+      <w:r w:rsidR="00E12108" w:rsidRPr="00FC4709">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t xml:space="preserve">Y </w:t>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00274F0A" w:rsidRPr="007B67E5">
+      <w:r w:rsidRPr="00FC4709">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t>E G</w:t>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">V </w:t>
       </w:r>
-      <w:r w:rsidR="00E12108" w:rsidRPr="007B67E5">
+      <w:r w:rsidR="00E12108" w:rsidRPr="00FC4709">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> P</w:t>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">R K </w:t>
       </w:r>
-      <w:r w:rsidR="00274F0A" w:rsidRPr="007B67E5">
+      <w:r w:rsidR="00423F4E" w:rsidRPr="00FC4709">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Z </w:t>
       </w:r>
-      <w:r w:rsidR="00E12108" w:rsidRPr="007B67E5">
+      <w:r w:rsidR="00E12108" w:rsidRPr="00FC4709">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t xml:space="preserve">W </w:t>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Y </w:t>
       </w:r>
-      <w:r w:rsidR="00274F0A" w:rsidRPr="007B67E5">
+      <w:r w:rsidR="00274F0A" w:rsidRPr="00FC4709">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t xml:space="preserve">I J </w:t>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E </w:t>
       </w:r>
-      <w:r w:rsidR="00E12108" w:rsidRPr="007B67E5">
+      <w:r w:rsidR="00E12108" w:rsidRPr="00FC4709">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t>F</w:t>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00274F0A" w:rsidRPr="007B67E5">
+      <w:r w:rsidR="00274F0A" w:rsidRPr="00FC4709">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E12108" w:rsidRPr="007B67E5">
+      <w:r w:rsidR="00E12108" w:rsidRPr="00FC4709">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t xml:space="preserve">A </w:t>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">W </w:t>
       </w:r>
-      <w:r w:rsidR="00274F0A" w:rsidRPr="007B67E5">
+      <w:r w:rsidR="00274F0A" w:rsidRPr="00FC4709">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t xml:space="preserve">U </w:t>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5099">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>X</w:t>
+      </w:r>
+      <w:r w:rsidR="00E12108" w:rsidRPr="00FC4709">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00274F0A" w:rsidRPr="00FC4709">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidR="00274F0A" w:rsidRPr="007B67E5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E12108" w:rsidRPr="007B67E5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00274F0A" w:rsidRPr="007B67E5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00E12108" w:rsidRPr="007B67E5">
         <w:rPr>
@@ -3456,867 +3376,902 @@
         <w:widowControl/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="40"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="1932" w:tblpY="92"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         <w:tblCaption w:val="Applications and Admissions Table"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1379"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1916"/>
+        <w:gridCol w:w="1414"/>
+        <w:gridCol w:w="1902"/>
+        <w:gridCol w:w="1801"/>
+        <w:gridCol w:w="1694"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00406548" w14:paraId="4B7BD04D" w14:textId="77777777">
+      <w:tr w:rsidR="00406548" w14:paraId="4B7BD04D" w14:textId="77777777" w:rsidTr="006019A4">
         <w:trPr>
-          <w:trHeight w:val="226"/>
+          <w:trHeight w:val="193"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7121" w:type="dxa"/>
+            <w:tcW w:w="6811" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B44DA69" w14:textId="77777777" w:rsidR="00406548" w:rsidRDefault="00FD61D6">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3060"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>APPLICATIONS AND ADMISSIONS TO YEAR 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00406548" w14:paraId="12905A64" w14:textId="77777777" w:rsidTr="00325994">
+      <w:tr w:rsidR="00406548" w14:paraId="12905A64" w14:textId="77777777" w:rsidTr="006019A4">
         <w:trPr>
-          <w:trHeight w:val="225"/>
+          <w:trHeight w:val="192"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1379" w:type="dxa"/>
+            <w:tcW w:w="1414" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E3B4756" w14:textId="77777777" w:rsidR="00406548" w:rsidRDefault="00FD61D6" w:rsidP="00325994">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3060"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1913" w:type="dxa"/>
+            <w:tcW w:w="1902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11AEF9E0" w14:textId="77777777" w:rsidR="00406548" w:rsidRDefault="00FD61D6" w:rsidP="00325994">
+          <w:p w14:paraId="11AEF9E0" w14:textId="4866C62A" w:rsidR="00406548" w:rsidRDefault="00FD61D6" w:rsidP="00325994">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3060"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Admissions No</w:t>
+              <w:t>Admissions N</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC4709">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>umber</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1913" w:type="dxa"/>
+            <w:tcW w:w="1801" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00B4BA9B" w14:textId="77777777" w:rsidR="00406548" w:rsidRDefault="00FD61D6" w:rsidP="00325994">
+          <w:p w14:paraId="00B4BA9B" w14:textId="4C9D9641" w:rsidR="00406548" w:rsidRDefault="00FD61D6" w:rsidP="00325994">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3060"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Total Applications All Preferences</w:t>
+              <w:t>Total Applications</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1916" w:type="dxa"/>
+            <w:tcW w:w="1692" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B568DF3" w14:textId="77777777" w:rsidR="00406548" w:rsidRDefault="00FD61D6" w:rsidP="00325994">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3060"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Total Admissions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD61D6" w14:paraId="11138A42" w14:textId="77777777" w:rsidTr="00325994">
+      <w:tr w:rsidR="00E12108" w14:paraId="4920A2C6" w14:textId="77777777" w:rsidTr="006019A4">
         <w:trPr>
-          <w:trHeight w:val="470"/>
+          <w:trHeight w:val="402"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1379" w:type="dxa"/>
+            <w:tcW w:w="1414" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43EAF8E1" w14:textId="69125E1C" w:rsidR="00FD61D6" w:rsidRDefault="00FD61D6" w:rsidP="00325994">
+          <w:p w14:paraId="272F0F3D" w14:textId="79112AC4" w:rsidR="00E12108" w:rsidRDefault="00E12108" w:rsidP="00325994">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3060"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2022/23</w:t>
+              <w:t>2023/</w:t>
             </w:r>
-          </w:p>
-[...171 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidR="00FC4709">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>20</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2023/24</w:t>
+              <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1913" w:type="dxa"/>
+            <w:tcW w:w="1902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53686011" w14:textId="763F0418" w:rsidR="00E12108" w:rsidRPr="00732DDC" w:rsidRDefault="00E12108" w:rsidP="00325994">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3060"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1913" w:type="dxa"/>
+            <w:tcW w:w="1801" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="663A3BE6" w14:textId="17CF78BA" w:rsidR="00E12108" w:rsidRPr="00732DDC" w:rsidRDefault="00E12108" w:rsidP="00325994">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3060"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidR="0069562A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1916" w:type="dxa"/>
+            <w:tcW w:w="1692" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6318CA95" w14:textId="620111FF" w:rsidR="00E12108" w:rsidRPr="00280365" w:rsidRDefault="00E12108" w:rsidP="00325994">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3060"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280365">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>111*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00423F4E" w14:paraId="1E0150C2" w14:textId="77777777" w:rsidTr="00325994">
+      <w:tr w:rsidR="00423F4E" w14:paraId="1E0150C2" w14:textId="77777777" w:rsidTr="006019A4">
         <w:trPr>
-          <w:trHeight w:val="470"/>
+          <w:trHeight w:val="402"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1379" w:type="dxa"/>
+            <w:tcW w:w="1414" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5264332A" w14:textId="6EAC3CCC" w:rsidR="00423F4E" w:rsidRDefault="00423F4E" w:rsidP="00325994">
+          <w:p w14:paraId="5264332A" w14:textId="50794E2C" w:rsidR="00423F4E" w:rsidRDefault="00423F4E" w:rsidP="00325994">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3060"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2024/25</w:t>
+              <w:t>2024/</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC4709">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1913" w:type="dxa"/>
+            <w:tcW w:w="1902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="690BBE14" w14:textId="1705B078" w:rsidR="00423F4E" w:rsidRDefault="00423F4E" w:rsidP="00325994">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3060"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1913" w:type="dxa"/>
+            <w:tcW w:w="1801" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0287EDB8" w14:textId="7BDEDA3A" w:rsidR="00423F4E" w:rsidRDefault="00423F4E" w:rsidP="00325994">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3060"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>130</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1916" w:type="dxa"/>
+            <w:tcW w:w="1692" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33B76743" w14:textId="21734883" w:rsidR="00423F4E" w:rsidRPr="00280365" w:rsidRDefault="00423F4E" w:rsidP="00325994">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3060"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280365">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>130</w:t>
             </w:r>
             <w:r w:rsidR="00280365">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00FC4709" w14:paraId="2C86751C" w14:textId="77777777" w:rsidTr="006019A4">
+        <w:trPr>
+          <w:trHeight w:val="402"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1414" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2128016F" w14:textId="1F93C155" w:rsidR="00FC4709" w:rsidRPr="00EC36E3" w:rsidRDefault="00FC4709" w:rsidP="00EC36E3">
+            <w:pPr>
+              <w:widowControl/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:overflowPunct/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:adjustRightInd/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-105" w:right="-113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC36E3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>2025/2026**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16CBC5D6" w14:textId="263F73CE" w:rsidR="00FC4709" w:rsidRDefault="00FF5099" w:rsidP="00325994">
+            <w:pPr>
+              <w:widowControl/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:overflowPunct/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:adjustRightInd/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2271534C" w14:textId="421E1AD4" w:rsidR="00FC4709" w:rsidRDefault="00FF5099" w:rsidP="00325994">
+            <w:pPr>
+              <w:widowControl/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:overflowPunct/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:adjustRightInd/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>117</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1692" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7095590F" w14:textId="62B0B0A9" w:rsidR="00FC4709" w:rsidRPr="00280365" w:rsidRDefault="00FF5099" w:rsidP="00325994">
+            <w:pPr>
+              <w:widowControl/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3060"/>
+              </w:tabs>
+              <w:overflowPunct/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:adjustRightInd/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>115</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p w14:paraId="18F09227" w14:textId="77777777" w:rsidR="00406548" w:rsidRDefault="00406548">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60239258" w14:textId="77777777" w:rsidR="00406548" w:rsidRDefault="00406548">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
@@ -4426,404 +4381,425 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F7CCADA" w14:textId="77777777" w:rsidR="00406548" w:rsidRDefault="00406548">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A776BFA" w14:textId="77777777" w:rsidR="00FD61D6" w:rsidRDefault="00FD61D6">
+    <w:p w14:paraId="35805815" w14:textId="15290880" w:rsidR="00FD61D6" w:rsidRDefault="00FD61D6">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35805815" w14:textId="77777777" w:rsidR="00FD61D6" w:rsidRDefault="00FD61D6">
+    <w:p w14:paraId="3B76FD67" w14:textId="6B33AEC4" w:rsidR="00FD61D6" w:rsidRPr="00280365" w:rsidRDefault="00280365">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>*Includes pupils with SEN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B049BE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B049BE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Temporary Variation</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3B76FD67" w14:textId="6B33AEC4" w:rsidR="00FD61D6" w:rsidRPr="00280365" w:rsidRDefault="00280365">
+    <w:p w14:paraId="30F6DD3A" w14:textId="37FAA338" w:rsidR="00E12108" w:rsidRDefault="00E12108">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="5103713D" w14:textId="47AC0D0D" w:rsidR="00FC4709" w:rsidRPr="00207CA8" w:rsidRDefault="00FD61D6" w:rsidP="00FC4709">
+      <w:pPr>
+        <w:widowControl/>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-US"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B049BE">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:br/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00FC4709" w:rsidRPr="00207CA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC4709">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC4709" w:rsidRPr="00207CA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>The Total Admissions for year 2025/2026 includes all Year 8 children admitted to the school including those who have a statement of special educational needs and/or may be attending SPiMS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EBB631D" w14:textId="7974E95A" w:rsidR="00287CA2" w:rsidRDefault="00FC4709" w:rsidP="006019A4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00207CA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="12"/>
-          <w:szCs w:val="12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-US"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>(SPiMS = Specialist Provision in Mainstream School)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="1282BF87" w14:textId="77777777" w:rsidR="006019A4" w:rsidRPr="006019A4" w:rsidRDefault="006019A4" w:rsidP="006019A4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="30F6DD3A" w14:textId="37FAA338" w:rsidR="00E12108" w:rsidRDefault="00E12108">
+    <w:p w14:paraId="1E39C69C" w14:textId="4E047221" w:rsidR="00406548" w:rsidRDefault="00FD61D6">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="12"/>
-[...12 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...20 lines deleted...]
-        <w:br/>
+        <w:lastRenderedPageBreak/>
+        <w:t>CRITERIA FOR TRANSFER BETWEEN SCHOOLS (Pupils in Years 9 and Upwards)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36D4D69B" w14:textId="77777777" w:rsidR="00406548" w:rsidRDefault="00406548">
+    <w:p w14:paraId="1B9B38FA" w14:textId="77777777" w:rsidR="00CC1CA9" w:rsidRDefault="00CC1CA9">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2EBB631D" w14:textId="4EC66BFD" w:rsidR="00287CA2" w:rsidRDefault="00287CA2">
+    <w:p w14:paraId="29852165" w14:textId="77777777" w:rsidR="00406548" w:rsidRDefault="00406548">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="22"/>
-[...67 lines deleted...]
-          <w:kern w:val="0"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="735EE78B" w14:textId="2CE59242" w:rsidR="00406548" w:rsidRDefault="00FD61D6">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
         </w:tabs>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The lodging of an application is interpreted by the Board of Governors as an indication that the parents and the child concerned accept and </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> with the ethos, philosophy, aims, policies and regulations of the school including any code of conduct, requirements relating to dress and personal appearance, or discipline policy of the school. Information in relation to these may be obtained from the school.</w:t>
+        <w:t>The lodging of an application is interpreted by the Board of Governors as an indication that the parents and the child concerned accept and are in agreement with the ethos, philosophy, aims, policies and regulations of the school including any code of conduct, requirements relating to dress and personal appearance, or discipline policy of the school. Information in relation to these may be obtained from the school.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E28B3BB" w14:textId="77777777" w:rsidR="00CC1CA9" w:rsidRDefault="00CC1CA9">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
         </w:tabs>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -5401,76 +5377,76 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>does not operate a waiting list for pupils who apply for a place to any year group and are unsuccessful. Each application is decided upon at time of receipt.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:sectPr w:rsidR="00406548" w:rsidRPr="007B67E5">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="851" w:header="170" w:footer="170" w:gutter="0"/>
       <w:paperSrc w:first="7" w:other="7"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4B8D4A4F" w14:textId="77777777" w:rsidR="00BA7300" w:rsidRDefault="00BA7300">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7509C6F5" w14:textId="77777777" w:rsidR="00BA7300" w:rsidRDefault="00BA7300">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -5497,248 +5473,287 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="645CA6F0" w14:textId="069A595A" w:rsidR="00406548" w:rsidRPr="003D32EA" w:rsidRDefault="003D32EA" w:rsidP="003D32EA">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="645CA6F0" w14:textId="14F37CB8" w:rsidR="00406548" w:rsidRPr="003D32EA" w:rsidRDefault="003D32EA" w:rsidP="003D32EA">
     <w:pPr>
       <w:widowControl/>
       <w:pBdr>
         <w:left w:val="single" w:sz="12" w:space="11" w:color="5B9BD5"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="right" w:pos="10204"/>
       </w:tabs>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
         <w:color w:val="2E74B5"/>
         <w:kern w:val="0"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003D32EA">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
         <w:color w:val="2E74B5"/>
         <w:kern w:val="0"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
-      <w:t xml:space="preserve">Updated December 2024 </w:t>
+      <w:t>Updated December 202</w:t>
+    </w:r>
+    <w:r w:rsidR="00FC4709">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        <w:color w:val="2E74B5"/>
+        <w:kern w:val="0"/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
+        <w:lang w:eastAsia="en-US"/>
+      </w:rPr>
+      <w:t>5</w:t>
+    </w:r>
+    <w:r w:rsidRPr="003D32EA">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        <w:color w:val="2E74B5"/>
+        <w:kern w:val="0"/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
+        <w:lang w:eastAsia="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="003D32EA">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
         <w:color w:val="2E74B5"/>
         <w:kern w:val="0"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:hyperlink r:id="rId1" w:history="1">
       <w:r w:rsidRPr="003D32EA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="2E74B5"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>www.eani.org.uk/admissions</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="003D32EA">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
         <w:color w:val="2E74B5"/>
         <w:kern w:val="0"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="04D99211" w14:textId="77777777" w:rsidR="00406548" w:rsidRDefault="00406548">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="29C551AC" w14:textId="77777777" w:rsidR="00406548" w:rsidRDefault="00406548"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="18415C30" w14:textId="77777777" w:rsidR="00BA7300" w:rsidRDefault="00BA7300">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="560EAC36" w14:textId="77777777" w:rsidR="00BA7300" w:rsidRDefault="00BA7300">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="4C29D791" w14:textId="57F7269F" w:rsidR="003D32EA" w:rsidRPr="003D32EA" w:rsidRDefault="003D32EA" w:rsidP="003D32EA">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4C29D791" w14:textId="45BA0FF2" w:rsidR="003D32EA" w:rsidRPr="003D32EA" w:rsidRDefault="003D32EA" w:rsidP="003D32EA">
     <w:pPr>
       <w:widowControl/>
       <w:pBdr>
         <w:left w:val="single" w:sz="12" w:space="11" w:color="5B9BD5"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="left" w:pos="3620"/>
         <w:tab w:val="left" w:pos="3964"/>
       </w:tabs>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
         <w:color w:val="2E74B5"/>
         <w:kern w:val="0"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003D32EA">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
         <w:color w:val="2E74B5"/>
         <w:kern w:val="0"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
-      <w:t>Admissions criteria for entry September 2025</w:t>
+      <w:t>Admissions criteria for entry September 202</w:t>
+    </w:r>
+    <w:r w:rsidR="00FC4709">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        <w:color w:val="2E74B5"/>
+        <w:kern w:val="0"/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
+        <w:lang w:eastAsia="en-US"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5556C41F" w14:textId="4251C541" w:rsidR="003D32EA" w:rsidRDefault="003D32EA"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="968752352"/>
       <w:placeholder>
         <w:docPart w:val="4D71ADB69B1947DABBD15E025B270553"/>
       </w:placeholder>
       <w:temporary/>
       <w:showingPlcHdr/>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="4B917962" w14:textId="77777777" w:rsidR="00406548" w:rsidRDefault="00FD61D6">
         <w:pPr>
           <w:pStyle w:val="Header"/>
         </w:pPr>
         <w:r>
           <w:t>[Type here]</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="26EA7AB2" w14:textId="77777777" w:rsidR="00406548" w:rsidRDefault="00406548">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="004162B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F5BCEEC0"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -17462,178 +17477,189 @@
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="97" w16cid:durableId="665474682">
     <w:abstractNumId w:val="44"/>
   </w:num>
   <w:num w:numId="98" w16cid:durableId="1310090116">
     <w:abstractNumId w:val="62"/>
   </w:num>
   <w:num w:numId="99" w16cid:durableId="1411540952">
     <w:abstractNumId w:val="46"/>
   </w:num>
   <w:num w:numId="100" w16cid:durableId="528572215">
     <w:abstractNumId w:val="65"/>
   </w:num>
   <w:num w:numId="101" w16cid:durableId="1070343038">
     <w:abstractNumId w:val="95"/>
   </w:num>
   <w:num w:numId="102" w16cid:durableId="1578129297">
     <w:abstractNumId w:val="59"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="99"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="244"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:noLineBreaksAfter w:lang="ja-JP" w:val="$([\egikmoqsuwy{¢’"/>
   <w:noLineBreaksBefore w:lang="ja-JP" w:val="!%),.:;?@ABCDEFGHIJKRSTUX[]bfhjlnprtvxz}¡£¤¥§¨©ª«¬­®¯°ÁÞßáãåìñŒŸŽƒ–‘‚“‡•…‹"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:pos w:val="sectEnd"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00406548"/>
+    <w:rsid w:val="0004408E"/>
     <w:rsid w:val="000B6FD6"/>
     <w:rsid w:val="000E2BA5"/>
+    <w:rsid w:val="001C7891"/>
     <w:rsid w:val="001F4446"/>
     <w:rsid w:val="001F72C8"/>
     <w:rsid w:val="00274F0A"/>
     <w:rsid w:val="00280365"/>
     <w:rsid w:val="00287CA2"/>
     <w:rsid w:val="002E2D07"/>
     <w:rsid w:val="00325994"/>
     <w:rsid w:val="0035321A"/>
+    <w:rsid w:val="00357BEF"/>
     <w:rsid w:val="003D32EA"/>
+    <w:rsid w:val="003E2A2E"/>
     <w:rsid w:val="00406548"/>
     <w:rsid w:val="00423F4E"/>
     <w:rsid w:val="00445670"/>
     <w:rsid w:val="004602E6"/>
     <w:rsid w:val="004972AD"/>
-    <w:rsid w:val="00514223"/>
+    <w:rsid w:val="005C25E4"/>
+    <w:rsid w:val="006019A4"/>
     <w:rsid w:val="0060777C"/>
     <w:rsid w:val="00695608"/>
     <w:rsid w:val="0069562A"/>
     <w:rsid w:val="006D37EE"/>
+    <w:rsid w:val="007256A6"/>
     <w:rsid w:val="00732DDC"/>
     <w:rsid w:val="007336B5"/>
     <w:rsid w:val="00742149"/>
     <w:rsid w:val="007744F9"/>
     <w:rsid w:val="007B67E5"/>
+    <w:rsid w:val="00882551"/>
+    <w:rsid w:val="00891FF5"/>
     <w:rsid w:val="008C1383"/>
     <w:rsid w:val="0090184C"/>
     <w:rsid w:val="00912AB5"/>
     <w:rsid w:val="009753E9"/>
     <w:rsid w:val="00992AD8"/>
     <w:rsid w:val="009A0273"/>
     <w:rsid w:val="00AA3841"/>
     <w:rsid w:val="00AC12CA"/>
     <w:rsid w:val="00AE19F8"/>
     <w:rsid w:val="00B049BE"/>
-    <w:rsid w:val="00B94C4E"/>
+    <w:rsid w:val="00BA403F"/>
     <w:rsid w:val="00BA7300"/>
     <w:rsid w:val="00C57921"/>
     <w:rsid w:val="00CC0212"/>
     <w:rsid w:val="00CC1CA9"/>
     <w:rsid w:val="00D57245"/>
     <w:rsid w:val="00E12108"/>
     <w:rsid w:val="00E91E84"/>
+    <w:rsid w:val="00EB31AC"/>
+    <w:rsid w:val="00EC36E3"/>
     <w:rsid w:val="00F67885"/>
+    <w:rsid w:val="00FC4709"/>
     <w:rsid w:val="00FD2BBA"/>
     <w:rsid w:val="00FD61D6"/>
+    <w:rsid w:val="00FF5099"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="10A1A586"/>
   <w14:defaultImageDpi w14:val="96"/>
   <w15:docId w15:val="{5D6F51D4-B678-4C03-879D-F631ED762A82}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -18490,51 +18516,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="redtitle1">
     <w:name w:val="redtitle1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       <w:color w:val="9F0004"/>
       <w:sz w:val="35"/>
       <w:szCs w:val="35"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="78909656">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="163739457">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -18984,84 +19010,84 @@
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stjohnthebaptistcollege.co.uk/transition-368/home-401/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eani.org.uk/admissions" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4D71ADB69B1947DABBD15E025B270553"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2FE709D6-7B6F-41AE-AC13-933BF9037427}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="000C1E4B" w:rsidRDefault="000C1E4B">
           <w:pPr>
             <w:pStyle w:val="4D71ADB69B1947DABBD15E025B270553"/>
           </w:pPr>
           <w:r>
             <w:t>[Type here]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -19088,104 +19114,121 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000C1E4B"/>
     <w:rsid w:val="000006BE"/>
     <w:rsid w:val="000C1E4B"/>
     <w:rsid w:val="00171C2E"/>
+    <w:rsid w:val="005C25E4"/>
     <w:rsid w:val="0060777C"/>
     <w:rsid w:val="007744F9"/>
+    <w:rsid w:val="00882551"/>
+    <w:rsid w:val="00891FF5"/>
+    <w:rsid w:val="00BA403F"/>
+    <w:rsid w:val="00EB31AC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -19574,51 +19617,51 @@
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4D71ADB69B1947DABBD15E025B270553">
     <w:name w:val="4D71ADB69B1947DABBD15E025B270553"/>
     <w:rsid w:val="00BB2310"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -19882,59 +19925,60 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000824370FA934D040B4C62B66B3138727" ma:contentTypeVersion="0" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c0d1cc2161cf740cea15770a28a32cea">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c64490b4aec6201516c3a874156f37b2">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
@@ -20004,130 +20048,130 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{467F147D-F271-4168-9ABC-72D74AFFE75D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{39B238FA-4BD6-4D13-AB13-03AF790A7CB8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60EC5E26-6EA9-418B-8B3F-B12A75E9AC58}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15920B8C-BF4C-4118-8C41-85A51154B750}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60EC5E26-6EA9-418B-8B3F-B12A75E9AC58}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{467F147D-F271-4168-9ABC-72D74AFFE75D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1349</Words>
-  <Characters>7259</Characters>
+  <Words>1384</Words>
+  <Characters>7461</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>4</DocSecurity>
-  <Lines>60</Lines>
+  <Lines>62</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ESANI</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8591</CharactersWithSpaces>
+  <CharactersWithSpaces>8828</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Linda Millar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000824370FA934D040B4C62B66B3138727</vt:lpwstr>
   </property>
 </Properties>
 </file>